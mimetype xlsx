--- v0 (2025-11-11)
+++ v1 (2026-02-15)
@@ -1,793 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="33" documentId="8_{AAB50CA7-FEAE-464C-9A6B-8E7FD236EAAE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2607C973-E724-47CB-BD9D-1693D989D6D2}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fairtradeafricanet-my.sharepoint.com/personal/p_naidu_fairtradeafrica_net/Documents/Desktop/Events/ProWein/2026/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="29" documentId="8_{BCEDB465-8DB9-4303-8772-3C396B732667}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{21FE4A1E-4C29-4F77-9744-8BCEBF1069AC}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{BFF90361-82D3-42BD-B36A-A3FBD0EC37FC}"/>
   </bookViews>
   <sheets>
-    <sheet name="FT Certified Wines" sheetId="3" r:id="rId1"/>
+    <sheet name="Fairtrade Wine_Prem Naidu" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="214">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="117">
   <si>
     <t>Name</t>
   </si>
   <si>
-    <t>Also known as</t>
-[...4 lines deleted...]
-  <si>
     <t>Town</t>
   </si>
   <si>
-    <t>State</t>
-[...1 lines deleted...]
-  <si>
     <t>Country</t>
   </si>
   <si>
-    <t>Email</t>
-[...5 lines deleted...]
-    <t>6845</t>
+    <t>28503</t>
+  </si>
+  <si>
+    <t>Warshay Investments (Pty) Ltd t/a KWV</t>
+  </si>
+  <si>
+    <t>Suider Paarl</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>20992</t>
+  </si>
+  <si>
+    <t>Rooibos Limited</t>
+  </si>
+  <si>
+    <t>Clanwilliam</t>
+  </si>
+  <si>
+    <t>21465</t>
+  </si>
+  <si>
+    <t>Merwida Winery (Pty) Ltd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rawsonville </t>
+  </si>
+  <si>
+    <t>2745</t>
+  </si>
+  <si>
+    <t>Carmien Tea Pty Ltd.</t>
+  </si>
+  <si>
+    <t>Citrusdal</t>
+  </si>
+  <si>
+    <t>49884</t>
+  </si>
+  <si>
+    <t>Cape Diamond Wines (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>Lutzville</t>
+  </si>
+  <si>
+    <t>47093</t>
+  </si>
+  <si>
+    <t>Le Bonheur Wine Estate (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>Stellenbosch</t>
+  </si>
+  <si>
+    <t>28528</t>
+  </si>
+  <si>
+    <t>Leeuwenkuil Family Vineyards (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>Windmeul</t>
+  </si>
+  <si>
+    <t>31841</t>
+  </si>
+  <si>
+    <t>Perdeberg Group Pty Ltd</t>
+  </si>
+  <si>
+    <t>Paarl</t>
+  </si>
+  <si>
+    <t>45100</t>
+  </si>
+  <si>
+    <t>Org de Rac Landgoed (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>Piketberg</t>
+  </si>
+  <si>
+    <t>4625</t>
+  </si>
+  <si>
+    <t>Stellenbosch Vineyards</t>
+  </si>
+  <si>
+    <t>34711</t>
+  </si>
+  <si>
+    <t>Journeys End Brands (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>Somerset West</t>
+  </si>
+  <si>
+    <t>49087</t>
+  </si>
+  <si>
+    <t>Iwayini Company (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>27167</t>
+  </si>
+  <si>
+    <t>Cape Wine Company (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>20824</t>
+  </si>
+  <si>
+    <t>Van Loveren Vineyards (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>Robertson</t>
+  </si>
+  <si>
+    <t>42200</t>
+  </si>
+  <si>
+    <t>uniWines Vineyards (Pty) Ltd</t>
   </si>
   <si>
     <t>Rawsonville</t>
   </si>
   <si>
-    <t>South Africa</t>
-[...59 lines deleted...]
-    <t>7654</t>
+    <t>42944</t>
+  </si>
+  <si>
+    <t>Liciacept (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>2782</t>
+  </si>
+  <si>
+    <t>ALG Boerdery (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>20531</t>
+  </si>
+  <si>
+    <t>Imbuko Wines (Pty) LTD</t>
   </si>
   <si>
     <t>Wellington</t>
   </si>
   <si>
-    <t>7613</t>
-[...44 lines deleted...]
-    <t>6849</t>
+    <t>28934</t>
+  </si>
+  <si>
+    <t>Khoisan Tea (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>28824</t>
+  </si>
+  <si>
+    <t>Brandvlei Winery (Pty) Ltd</t>
   </si>
   <si>
     <t>Worcester</t>
   </si>
   <si>
-    <t>47093</t>
-[...59 lines deleted...]
-    <t>7299</t>
+    <t>31843</t>
+  </si>
+  <si>
+    <t>Vinarchy South Africa (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>48490</t>
+  </si>
+  <si>
+    <t>Escapade Winery</t>
+  </si>
+  <si>
+    <t>41876</t>
+  </si>
+  <si>
+    <t>Bruce Jack Wines SA (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>36701</t>
+  </si>
+  <si>
+    <t>MAN Vintners (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>Klapmuts</t>
+  </si>
+  <si>
+    <t>22605</t>
+  </si>
+  <si>
+    <t>Wupperthal Original Rooibos Co-operative</t>
+  </si>
+  <si>
+    <t>32178</t>
+  </si>
+  <si>
+    <t>Zeekoevlei Boerdery</t>
+  </si>
+  <si>
+    <t>39482</t>
+  </si>
+  <si>
+    <t>Capespan Farms Holdings (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>Kakamas</t>
+  </si>
+  <si>
+    <t>18994</t>
+  </si>
+  <si>
+    <t>New Hope Wines (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>18021</t>
+  </si>
+  <si>
+    <t>Bosman Adama (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>46682</t>
+  </si>
+  <si>
+    <t>Kleine Zalze Wines (Pty) Ltd</t>
+  </si>
+  <si>
+    <t>19087</t>
+  </si>
+  <si>
+    <t>Piekenierskloof Wine Company</t>
+  </si>
+  <si>
+    <t>6591</t>
+  </si>
+  <si>
+    <t>Koopmanskloof Wingerde</t>
+  </si>
+  <si>
+    <t>Koelenhof, Stellenbosch</t>
+  </si>
+  <si>
+    <t>19622</t>
+  </si>
+  <si>
+    <t>Wiedouw Boerdery (Edms) Bpk</t>
+  </si>
+  <si>
+    <t>Vanrhynsdorp</t>
+  </si>
+  <si>
+    <t>48896</t>
+  </si>
+  <si>
+    <t>The Inzuzo Wine Co</t>
+  </si>
+  <si>
+    <t>26967</t>
+  </si>
+  <si>
+    <t>Swartland Winery</t>
   </si>
   <si>
     <t>Malmesbury</t>
   </si>
   <si>
-    <t>18518</t>
-[...229 lines deleted...]
-  <si>
     <t>21008</t>
   </si>
   <si>
     <t>Heineken Beverages SA (Pty) Ltd</t>
   </si>
   <si>
     <t>Sandton</t>
   </si>
   <si>
     <t>19699</t>
   </si>
   <si>
     <t>Stellenrust Wines</t>
   </si>
   <si>
-    <t>27698</t>
-[...4 lines deleted...]
-  <si>
     <t>3980</t>
   </si>
   <si>
     <t>Du Toitskloof Cooperative</t>
   </si>
   <si>
-    <t>43288</t>
-[...16 lines deleted...]
-  <si>
     <t>40038</t>
   </si>
   <si>
     <t>Aan De Doorns Wynkelder (Pty) Ltd</t>
   </si>
   <si>
-    <t>28830</t>
-[...4 lines deleted...]
-  <si>
     <t>28676</t>
   </si>
   <si>
     <t>The Fairview Trust</t>
   </si>
   <si>
-    <t>Fairview Wines</t>
-[...1 lines deleted...]
-  <si>
     <t>Suider-Paarl</t>
   </si>
   <si>
-    <t>40826</t>
-[...4 lines deleted...]
-  <si>
     <t>3034</t>
   </si>
   <si>
     <t>CILMOR TRUST FARMS</t>
   </si>
   <si>
-    <t>44620</t>
-[...11 lines deleted...]
-    <t>7975</t>
+    <t>50166</t>
+  </si>
+  <si>
+    <t>African Roots Wine (Pty) Ltd</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>Origin Wine Stellenbosch (Pty) Ltd</t>
   </si>
   <si>
-    <t>Origin</t>
-[...7 lines deleted...]
-  <si>
     <t>35561</t>
   </si>
   <si>
     <t>Lutzville Vineyards (Pty) Ltd</t>
   </si>
   <si>
-    <t>45480</t>
-[...23 lines deleted...]
-    <t>Montagu</t>
+    <t>Contact</t>
   </si>
   <si>
     <t>marketing@fairtradeafrica.net</t>
   </si>
   <si>
-    <t>Functions</t>
-[...41 lines deleted...]
-    <t>Trade,Manufacturer/Processor, Lincesee</t>
+    <t>FLO</t>
+  </si>
+  <si>
+    <t>Fairtrade Certified Entities for South African Wine 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="10"/>
-[...9 lines deleted...]
-    <font>
       <b/>
       <sz val="10"/>
-      <name val="Aptos"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{2EFD0A4F-69F6-4044-907F-FE220AA24C10}"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,2137 +755,867 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{746056E0-8A1C-4877-9CEC-2323599AB4E0}">
-[...3 lines deleted...]
-  <dimension ref="A1:J65"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{717820D4-1B64-4528-AB06-6A67310568B1}">
+  <dimension ref="A1:E47"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C8" sqref="C8"/>
+      <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.81640625" style="2" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="8.7265625" style="2"/>
+    <col min="2" max="2" width="32.453125" customWidth="1"/>
+    <col min="3" max="3" width="15.453125" customWidth="1"/>
+    <col min="4" max="4" width="10.54296875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.90625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B1" s="1" t="s">
+    <row r="1" spans="1:5" ht="13" x14ac:dyDescent="0.3">
+      <c r="A1" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="1"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5" ht="13" x14ac:dyDescent="0.3">
+      <c r="A3" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="1"/>
-[...10 lines deleted...]
-      <c r="B2" s="3" t="s">
+      <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="E3" s="2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F2" s="3" t="s">
+      <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="C4" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="H2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="3" t="s">
+      <c r="D4" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="J2" s="3" t="s">
+      <c r="B5" s="1" t="s">
         <v>8</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="E3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="1" t="s">
+      <c r="D5" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="C20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="H3" s="1" t="s">
+      <c r="B21" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="I3" s="1" t="s">
-[...25 lines deleted...]
-      <c r="G4" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="H4" s="1" t="s">
-[...682 lines deleted...]
-      </c>
       <c r="D26" s="1" t="s">
-        <v>9</v>
-[...20 lines deleted...]
-        <v>25</v>
+        <v>6</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>64</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="E27" s="1"/>
-[...6 lines deleted...]
-      <c r="H27" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="I27" s="1" t="s">
-[...25 lines deleted...]
-      <c r="G28" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="H28" s="1" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="D31" s="1" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>205</v>
-[...19 lines deleted...]
-        <v>30</v>
+        <v>114</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>76</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>207</v>
-[...4 lines deleted...]
-      <c r="G32" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="H32" s="1" t="s">
-[...77 lines deleted...]
-      <c r="B35" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...67 lines deleted...]
-      <c r="F37" s="1" t="s">
+      <c r="B40" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="G37" s="1" t="s">
+      <c r="C46" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
         <v>111</v>
-      </c>
-[...300 lines deleted...]
-        <v>45</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>202</v>
-[...590 lines deleted...]
-        <v>198</v>
+        <v>114</v>
       </c>
     </row>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="60" orientation="landscape" r:id="rId1"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>FT Certified Wines</vt:lpstr>
+      <vt:lpstr>Fairtrade Wine_Prem Naidu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Prem Naidu</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>